--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>JUMLAH KASUS PER KECAMATAN DI KOTA SEMARANG</t>
   </si>
   <si>
-    <t>1 Januari 2025 - 9 Oktober 2025</t>
+    <t>1 Januari 2026 - 27 Januari 2026</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>KECAMATAN</t>
   </si>
   <si>
     <t>KTA</t>
   </si>
   <si>
     <t>KDRT</t>
   </si>
   <si>
     <t>ABH</t>
   </si>
   <si>
     <t>KDP</t>
   </si>
   <si>
     <t>KTP</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
@@ -549,368 +549,316 @@
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>1</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>2</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
-      <c r="G5" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="G5" s="1"/>
       <c r="H5" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>3</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
-      <c r="G6" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="G6" s="1"/>
+      <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>4</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="1">
-        <v>3</v>
-[...3 lines deleted...]
-      </c>
+        <v>1</v>
+      </c>
+      <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>5</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="C8" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
-      <c r="H8" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="1">
         <v>1</v>
       </c>
-      <c r="D9" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
       <c r="E10" s="1"/>
-      <c r="F10" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="F10" s="1"/>
+      <c r="G10" s="1"/>
+      <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="1">
+      <c r="C11" s="1"/>
+      <c r="D11" s="1">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H11" s="1">
-        <v>9</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D12" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
-      <c r="G12" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="G12" s="1"/>
       <c r="H12" s="1">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="1">
-        <v>4</v>
-[...1 lines deleted...]
-      <c r="D13" s="1">
         <v>2</v>
       </c>
+      <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
-      <c r="G13" s="1"/>
+      <c r="G13" s="1">
+        <v>1</v>
+      </c>
       <c r="H13" s="1">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>11</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D14" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1">
         <v>1</v>
       </c>
       <c r="H14" s="1">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D15" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C17" s="1">
-[...1 lines deleted...]
-      </c>
+      <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
-      <c r="G17" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C18" s="1">
-[...4 lines deleted...]
-      </c>
+      <c r="C18" s="1"/>
+      <c r="D18" s="1"/>
       <c r="E18" s="1"/>
-      <c r="F18" s="1">
-[...7 lines deleted...]
-      </c>
+      <c r="F18" s="1"/>
+      <c r="G18" s="1"/>
+      <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C19" s="1">
-[...2 lines deleted...]
-      <c r="D19" s="1"/>
+      <c r="C19" s="1"/>
+      <c r="D19" s="1">
+        <v>1</v>
+      </c>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>17</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
-      <c r="D20">
-[...4 lines deleted...]
-      </c>
       <c r="H20">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>