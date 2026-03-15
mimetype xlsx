--- v1 (2026-01-27)
+++ v2 (2026-03-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>JUMLAH KASUS PER KECAMATAN DI KOTA SEMARANG</t>
   </si>
   <si>
-    <t>1 Januari 2026 - 27 Januari 2026</t>
+    <t>1 Januari 2026 - 15 Maret 2026</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>KECAMATAN</t>
   </si>
   <si>
     <t>KTA</t>
   </si>
   <si>
     <t>KDRT</t>
   </si>
   <si>
     <t>ABH</t>
   </si>
   <si>
     <t>KDP</t>
   </si>
   <si>
     <t>KTP</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
@@ -581,144 +581,160 @@
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>3</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>4</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="1">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D7" s="1"/>
+        <v>2</v>
+      </c>
+      <c r="D7" s="1">
+        <v>1</v>
+      </c>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
-      <c r="G7" s="1"/>
+      <c r="G7" s="1">
+        <v>1</v>
+      </c>
       <c r="H7" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>5</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="1"/>
-      <c r="D8" s="1"/>
+      <c r="D8" s="1">
+        <v>1</v>
+      </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
-      <c r="H8" s="1"/>
+      <c r="H8" s="1">
+        <v>1</v>
+      </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>6</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="1">
         <v>1</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
-      <c r="G9" s="1"/>
+      <c r="G9" s="1">
+        <v>1</v>
+      </c>
       <c r="H9" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>7</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="1"/>
+      <c r="C10" s="1">
+        <v>1</v>
+      </c>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
-      <c r="H10" s="1"/>
+      <c r="H10" s="1">
+        <v>1</v>
+      </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>8</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="1"/>
+      <c r="C11" s="1">
+        <v>2</v>
+      </c>
       <c r="D11" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1">
         <v>1</v>
       </c>
       <c r="H11" s="1">
-        <v>3</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>9</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="1">
+        <v>3</v>
+      </c>
+      <c r="D12" s="1">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>10</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="1">
         <v>2</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1">
         <v>1</v>
       </c>
       <c r="H13" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>11</v>
@@ -727,138 +743,159 @@
         <v>20</v>
       </c>
       <c r="C14" s="1">
         <v>1</v>
       </c>
       <c r="D14" s="1">
         <v>1</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1">
         <v>1</v>
       </c>
       <c r="H14" s="1">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>12</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D15" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
-      <c r="G15" s="1"/>
+      <c r="G15" s="1">
+        <v>1</v>
+      </c>
       <c r="H15" s="1">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>13</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="1">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D16" s="1"/>
+        <v>5</v>
+      </c>
+      <c r="D16" s="1">
+        <v>6</v>
+      </c>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
-      <c r="G16" s="1"/>
+      <c r="G16" s="1">
+        <v>1</v>
+      </c>
       <c r="H16" s="1">
-        <v>2</v>
+        <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>14</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C17" s="1"/>
-      <c r="D17" s="1"/>
+      <c r="C17" s="1">
+        <v>1</v>
+      </c>
+      <c r="D17" s="1">
+        <v>1</v>
+      </c>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
-      <c r="G17" s="1"/>
-      <c r="H17" s="1"/>
+      <c r="G17" s="1">
+        <v>1</v>
+      </c>
+      <c r="H17" s="1">
+        <v>3</v>
+      </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>15</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C18" s="1"/>
+      <c r="C18" s="1">
+        <v>2</v>
+      </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
-      <c r="H18" s="1"/>
+      <c r="H18" s="1">
+        <v>2</v>
+      </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>16</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1">
         <v>1</v>
       </c>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>17</v>
       </c>
       <c r="B20" t="s">
         <v>26</v>
       </c>
       <c r="C20">
+        <v>2</v>
+      </c>
+      <c r="D20">
         <v>1</v>
       </c>
       <c r="H20">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>