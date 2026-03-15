--- v2 (2026-03-15)
+++ v3 (2026-03-15)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
   <si>
     <t>JUMLAH KASUS PER KECAMATAN DI KOTA SEMARANG</t>
   </si>
   <si>
-    <t>1 Januari 2026 - 15 Maret 2026</t>
+    <t>1 Januari 2026 - 16 Maret 2026</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>KECAMATAN</t>
   </si>
   <si>
     <t>KTA</t>
   </si>
   <si>
     <t>KDRT</t>
   </si>
   <si>
     <t>ABH</t>
   </si>
   <si>
     <t>KDP</t>
   </si>
   <si>
     <t>KTP</t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>